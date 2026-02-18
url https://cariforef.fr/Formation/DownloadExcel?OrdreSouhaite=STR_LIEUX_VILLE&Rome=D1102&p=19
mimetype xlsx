--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -701,177 +701,177 @@
   <x:si>
     <x:t>Boulanger</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perfectionnement en boulangerie traditionnelle au levain</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYLOUBIER</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
-    <x:t>13114</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Privé Provence Verte</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CFA Régional Municipal de Salon de Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>07/02/2028 00:00:00</x:t>
+    <x:t>Lycée Anne-Sophie Pic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP ACAF - MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Saint-Jean le Baptiste</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>VALREAS</x:t>
   </x:si>
@@ -2854,57 +2854,57 @@
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>555707</x:v>
+        <x:v>555711</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>74</x:v>
@@ -2915,57 +2915,57 @@
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>555711</x:v>
+        <x:v>555707</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>34454</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -7043,57 +7043,57 @@
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600654</x:v>
+        <x:v>496214</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7102,111 +7102,111 @@
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>546095</x:v>
+        <x:v>600654</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>600653</x:v>
+        <x:v>546095</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
@@ -7218,57 +7218,57 @@
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>496214</x:v>
+        <x:v>600653</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -8590,178 +8590,178 @@
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>548759</x:v>
+        <x:v>454919</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>454919</x:v>
+        <x:v>498381</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>498381</x:v>
+        <x:v>548759</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>50</x:v>
@@ -9622,165 +9622,164 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>573805</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
-      <x:c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>553242</x:v>
+        <x:v>569132</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>569132</x:v>
+        <x:v>553242</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -11128,609 +11127,609 @@
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>576723</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>493038</x:v>
+        <x:v>559101</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>551757</x:v>
+        <x:v>551758</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>559101</x:v>
+        <x:v>494892</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>551758</x:v>
+        <x:v>588520</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
-      <x:c r="E169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>494892</x:v>
+        <x:v>557728</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>588520</x:v>
+        <x:v>604349</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>557728</x:v>
+        <x:v>557729</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>604349</x:v>
+        <x:v>593742</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>557729</x:v>
+        <x:v>493038</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>593742</x:v>
+        <x:v>551757</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11748,284 +11747,282 @@
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>564604</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="H176" s="14" t="s"/>
+      <x:c r="H176" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>591923</x:v>
+        <x:v>545553</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
-      <x:c r="E177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="H177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>497811</x:v>
+        <x:v>591923</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>599632</x:v>
+        <x:v>497811</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>545553</x:v>
+        <x:v>599632</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39257</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>57</x:v>
@@ -12168,454 +12165,452 @@
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>497669</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
-      <x:c r="E183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="H183" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>549030</x:v>
+        <x:v>591918</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>591918</x:v>
+        <x:v>549030</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>553706</x:v>
+        <x:v>501535</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>604859</x:v>
+        <x:v>553686</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>611633</x:v>
+        <x:v>553687</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>554261</x:v>
+        <x:v>554260</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>501535</x:v>
+        <x:v>506233</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>55</x:v>
@@ -12632,172 +12627,172 @@
       <x:c r="K190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>553686</x:v>
+        <x:v>604872</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>553687</x:v>
+        <x:v>553706</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>604872</x:v>
+        <x:v>604859</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -12810,116 +12805,116 @@
       <x:c r="K193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>554260</x:v>
+        <x:v>611633</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>506233</x:v>
+        <x:v>554261</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -13496,441 +13491,442 @@
       <x:c r="S204" s="14" t="n">
         <x:v>600555</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>548592</x:v>
+        <x:v>600553</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>548619</x:v>
+        <x:v>498202</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>600553</x:v>
+        <x:v>548592</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>498202</x:v>
+        <x:v>548619</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
+      <x:c r="E209" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>557442</x:v>
+        <x:v>607822</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R210" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="R210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>607822</x:v>
+        <x:v>557442</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="Q211" s="4" t="s">
+      <x:c r="R211" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>556500</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
@@ -13945,99 +13941,99 @@
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>606289</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37908</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>594991</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">