--- v0 (2026-01-24)
+++ v1 (2026-03-27)
@@ -266,102 +266,102 @@
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Photo interprétation</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel géomètre topographe d'entreprise du bâtiment et des travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MALLEMORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro géomètre (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>OPCO</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>13370</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel géomètre topographe d'entreprise du bâtiment et des travaux publics (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formez-vous à la topographie en utilisant Covadis</x:t>
   </x:si>
   <x:si>
     <x:t>Formanosque</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
@@ -1089,51 +1089,51 @@
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>597566</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>37707</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>35</x:v>
@@ -1240,51 +1240,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>580618</x:v>
+        <x:v>575989</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -1299,51 +1299,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>575989</x:v>
+        <x:v>580618</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39269</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -1423,336 +1423,336 @@
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>610029</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>39269</x:v>
+        <x:v>37100</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>550444</x:v>
+        <x:v>498973</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>546175</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39269</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>602116</x:v>
+        <x:v>550444</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>37100</x:v>
+        <x:v>39269</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>601726</x:v>
+        <x:v>602116</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>498973</x:v>
+        <x:v>601726</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>85</x:v>
@@ -1775,148 +1775,148 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>616044</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>37707</x:v>
+        <x:v>39269</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>11067</x:v>
+        <x:v>12225</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>595692</x:v>
+        <x:v>597569</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>39269</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>12225</x:v>
+        <x:v>11067</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>597569</x:v>
+        <x:v>595692</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37707</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -1990,57 +1990,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>547718</x:v>
+        <x:v>611244</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37707</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2050,57 +2050,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>611244</x:v>
+        <x:v>547718</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2223,51 +2223,51 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>458415</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>