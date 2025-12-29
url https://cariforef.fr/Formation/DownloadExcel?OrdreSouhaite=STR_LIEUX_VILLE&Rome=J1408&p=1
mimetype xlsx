--- v0 (2025-10-09)
+++ v1 (2025-12-29)
@@ -224,63 +224,63 @@
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation en Ostéopathie du Grand Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>IFO-GA</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'ostéopathie ATMAN</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -1081,51 +1081,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>546687</x:v>
+        <x:v>574197</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>34258</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -1197,51 +1197,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>574197</x:v>
+        <x:v>546687</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>