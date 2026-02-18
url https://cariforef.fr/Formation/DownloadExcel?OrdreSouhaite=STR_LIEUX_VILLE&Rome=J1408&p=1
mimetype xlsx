--- v1 (2025-12-29)
+++ v2 (2026-02-18)
@@ -224,57 +224,57 @@
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation en Ostéopathie du Grand Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>IFO-GA</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'ostéopathie ATMAN</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1039,153 +1039,153 @@
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>420602</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>37257</x:v>
+        <x:v>34258</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>574197</x:v>
+        <x:v>319147</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="U6" s="16" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>34258</x:v>
+        <x:v>37257</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>319147</x:v>
+        <x:v>574197</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37257</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">