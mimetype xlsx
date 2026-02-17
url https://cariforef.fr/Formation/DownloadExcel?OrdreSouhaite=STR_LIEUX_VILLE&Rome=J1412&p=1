--- v0 (2025-12-13)
+++ v1 (2026-02-17)
@@ -176,138 +176,138 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Psychomotricité</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>diplôme d'État de psychomotricien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPVPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Institut Supérieur de Rééducation Psychomotrice</x:t>
   </x:si>
   <x:si>
     <x:t>ISRP</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État de psychomotricien - 3ème année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État de psychomotricien - 1ère année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut supérieur de rééducation psychomotrice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'État de psychomotricien - 2ème et 3ème années</x:t>
   </x:si>
   <x:si>
+    <x:t>09/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État de psychomotricien - 2ème année</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/21/2027 00:00:00</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Institut supérieur de rééducation psychomotrice</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -907,160 +907,157 @@
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>525219</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
-      <x:c r="E3" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>476307</x:v>
+        <x:v>592836</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s"/>
-      <x:c r="F4" s="14" t="s"/>
+      <x:c r="E4" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F4" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G4" s="14" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="H4" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H4" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592836</x:v>
+        <x:v>476307</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -1132,51 +1129,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>572508</x:v>
+        <x:v>572507</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -1203,350 +1200,349 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>524181</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>525692</x:v>
+        <x:v>572505</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>572507</x:v>
+        <x:v>592835</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>572506</x:v>
+        <x:v>525692</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>572505</x:v>
+        <x:v>572506</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43470</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592835</x:v>
+        <x:v>572508</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39924</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43470</x:v>
       </x:c>