--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -224,113 +224,113 @@
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Français langue étrangère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence Gestion des Ressources Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner une langue vivante étrangère au CLG et LGT</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence Gestion des Ressources Humaines</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution formation professionnelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable projets et ingénierie en formation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénierie formation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Gambetta</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
@@ -662,68 +662,68 @@
   <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Conseil et gestion de projet numérique en formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 Sciences de l'éducation - Parcours Ingénierie Numérique et Pédagogique en Education et Formation (Rouen)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - modude (VAE) : ingénierie et pilotage de projet (Rouen)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : concevoir, animer et accompagner (Rouen)</x:t>
   </x:si>
   <x:si>
     <x:t>FORSE Master 2 IESET Université de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : connaissance de l'environnement pro., système et institutions (Lyon 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : concevoir, animer et accompagner (Lyon 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ingénierie et conseil en formation  : soutenance de mémoire (Lyon)</x:t>
   </x:si>
   <x:si>
+    <x:t>Master 2 professionnel ICF - module (VAE) : actualités des question de la recherche (Lyon 2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORSE Master 2 IESET (année supplémentaire) Université de Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2 INPEF  (Rouen) - Module (VAE) - Ingénierie numérique et pilotage de projet de formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2 INPEF (Rouen) - Module (VAE) - Recherche en éducation et formation</x:t>
+  </x:si>
+  <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Fondamentaux théoriques de l'animation et de l'accomp. des personnes en formation</x:t>
   </x:si>
   <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Mémoire</x:t>
   </x:si>
   <x:si>
-    <x:t>Master 2 professionnel ICF - module (VAE) : actualités des question de la recherche (Lyon 2)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04002</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>La pratique du bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2025 00:00:00</x:t>
@@ -746,65 +746,65 @@
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Coordinateur(trice) de formation au sein d'un organisme de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
@@ -1037,81 +1037,81 @@
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'ingénierie pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
   </x:si>
   <x:si>
+    <x:t>CD Competences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...8 lines deleted...]
-    <x:t>06/15/2026 00:00:00</x:t>
+    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Samantha Boettcher - Asb Compétences</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
@@ -1957,553 +1957,553 @@
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>575942</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>39506</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>575951</x:v>
+        <x:v>575533</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>559907</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>38156</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>13364</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>575698</x:v>
+        <x:v>575951</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>39022</x:v>
+        <x:v>38156</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>14411</x:v>
+        <x:v>13364</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575691</x:v>
+        <x:v>575698</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>39022</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>575935</x:v>
+        <x:v>575691</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>575941</x:v>
+        <x:v>575935</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>575943</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>575943</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>39506</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>15235</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>575533</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>73</x:v>
@@ -2684,57 +2684,57 @@
       <x:c r="G17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>575697</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
@@ -2743,111 +2743,111 @@
       <x:c r="G18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>575933</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>598119</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
@@ -3031,57 +3031,57 @@
       <x:c r="G23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>575696</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
@@ -3090,51 +3090,51 @@
       <x:c r="G24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>575936</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
@@ -3206,108 +3206,108 @@
       <x:c r="G26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>575532</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>617489</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
@@ -3660,51 +3660,51 @@
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>597268</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
@@ -3825,51 +3825,51 @@
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>597463</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
@@ -4340,114 +4340,114 @@
       <x:c r="K46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>563386</x:v>
+        <x:v>585543</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>585543</x:v>
+        <x:v>563386</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4906,51 +4906,51 @@
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
@@ -4960,51 +4960,51 @@
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595480</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -5017,51 +5017,51 @@
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>592113</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -5092,84 +5092,84 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>581122</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>575928</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5349,105 +5349,105 @@
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>574317</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>597272</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -5472,51 +5472,51 @@
       <x:c r="K66" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>597285</x:v>
+        <x:v>597367</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -5526,96 +5526,96 @@
       <x:c r="K67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>597367</x:v>
+        <x:v>597285</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592114</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -7291,332 +7291,332 @@
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>573507</x:v>
+        <x:v>573468</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>573510</x:v>
+        <x:v>573477</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>573468</x:v>
+        <x:v>573488</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>573477</x:v>
+        <x:v>573506</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>573488</x:v>
+        <x:v>573509</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>573506</x:v>
+        <x:v>573507</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -7627,96 +7627,96 @@
       <x:c r="K106" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>573509</x:v>
+        <x:v>573510</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>575924</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
@@ -7729,51 +7729,51 @@
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>597269</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
@@ -8084,162 +8084,162 @@
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591863</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>600601</x:v>
+        <x:v>579011</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="J116" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K116" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L116" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M116" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N116" s="15" t="n">
+        <x:v>33060</x:v>
+      </x:c>
+      <x:c r="O116" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>579011</x:v>
+        <x:v>600601</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -10448,51 +10448,51 @@
       <x:c r="G157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>610949</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
@@ -10587,148 +10587,148 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597327</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>597283</x:v>
+        <x:v>597271</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>597271</x:v>
+        <x:v>597283</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
@@ -11019,51 +11019,51 @@
       <x:c r="K167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>597317</x:v>
+        <x:v>597281</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
@@ -11076,51 +11076,51 @@
       <x:c r="K168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>597320</x:v>
+        <x:v>597284</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11130,51 +11130,51 @@
       <x:c r="K169" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>597325</x:v>
+        <x:v>597315</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
@@ -11187,51 +11187,51 @@
       <x:c r="K170" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>597326</x:v>
+        <x:v>597318</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11241,51 +11241,51 @@
       <x:c r="K171" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>597338</x:v>
+        <x:v>597328</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
@@ -11298,51 +11298,51 @@
       <x:c r="K172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>597340</x:v>
+        <x:v>597337</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11352,51 +11352,51 @@
       <x:c r="K173" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>597345</x:v>
+        <x:v>597350</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
@@ -11409,51 +11409,51 @@
       <x:c r="K174" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>597348</x:v>
+        <x:v>597317</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11463,51 +11463,51 @@
       <x:c r="K175" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>597281</x:v>
+        <x:v>597320</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
@@ -11520,51 +11520,51 @@
       <x:c r="K176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>597284</x:v>
+        <x:v>597325</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11574,51 +11574,51 @@
       <x:c r="K177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>597315</x:v>
+        <x:v>597326</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
@@ -11631,51 +11631,51 @@
       <x:c r="K178" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>597318</x:v>
+        <x:v>597338</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>182</x:v>
@@ -11740,51 +11740,51 @@
       <x:c r="K180" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>597328</x:v>
+        <x:v>597340</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11794,51 +11794,51 @@
       <x:c r="K181" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597337</x:v>
+        <x:v>597345</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
@@ -11851,51 +11851,51 @@
       <x:c r="K182" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>597350</x:v>
+        <x:v>597348</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>284</x:v>
@@ -11914,84 +11914,84 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>602494</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>562684</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
@@ -12007,51 +12007,51 @@
       <x:c r="G185" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>616867</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
@@ -12135,84 +12135,84 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>615337</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>607330</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
@@ -12846,51 +12846,51 @@
       <x:c r="G200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>575934</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
@@ -12903,51 +12903,51 @@
       <x:c r="G201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>575937</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
@@ -13042,84 +13042,84 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>597358</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>575927</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
@@ -13129,51 +13129,51 @@
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>597270</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
@@ -13437,91 +13437,91 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>597364</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>597462</x:v>
+        <x:v>597360</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
@@ -13534,51 +13534,51 @@
       <x:c r="K212" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>597302</x:v>
+        <x:v>597363</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -13588,51 +13588,51 @@
       <x:c r="K213" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>597360</x:v>
+        <x:v>597365</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
@@ -13645,892 +13645,892 @@
       <x:c r="K214" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>597363</x:v>
+        <x:v>597302</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>597365</x:v>
+        <x:v>575938</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>575938</x:v>
+        <x:v>597357</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>597357</x:v>
+        <x:v>597362</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H218" s="14" t="s"/>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>597362</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>575929</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>575949</x:v>
+        <x:v>597462</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="H221" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="J221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>581578</x:v>
+        <x:v>612444</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592115</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>281</x:v>
-[...1 lines deleted...]
-      <x:c r="C223" s="3" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C223" s="3" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>44595</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>612444</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>612445</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>612446</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>600588</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>581545</x:v>
+        <x:v>581578</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38697</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H228" s="14" t="s"/>
+      <x:c r="H228" s="14" t="s">
+        <x:v>326</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>15459</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>591864</x:v>
+        <x:v>581545</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38697</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>581544</x:v>
+        <x:v>591864</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
@@ -14603,77 +14603,77 @@
       <x:c r="R231" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>615000</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>612443</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
@@ -15337,390 +15337,390 @@
         <x:v>100</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>597353</x:v>
+        <x:v>597276</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>597461</x:v>
+        <x:v>597352</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>597335</x:v>
+        <x:v>597353</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>597464</x:v>
+        <x:v>597461</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>597352</x:v>
+        <x:v>597335</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>597276</x:v>
+        <x:v>597464</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>597273</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
@@ -16141,219 +16141,219 @@
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>613773</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
-      <x:c r="E260" s="14" t="s"/>
+      <x:c r="E260" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>590139</x:v>
+        <x:v>553362</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>553362</x:v>
+        <x:v>608947</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
-      <x:c r="E262" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>608947</x:v>
+        <x:v>590139</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>