--- v0 (2026-01-24)
+++ v1 (2026-03-27)
@@ -290,126 +290,126 @@
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention cartographie, topographie et systèmes d'information géographique</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Cartographie</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS métiers du géomètre-topographe et de la modélisation numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP R Caillié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Géométrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS MGTMN - Métiers du Géomètre Topographe et de la Modélisation Numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS métiers du géomètre-topographe et de la modélisation numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée René Caillé</x:t>
   </x:si>
   <x:si>
-    <x:t>13011</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Formez-vous à la topographie en utilisant Covadis</x:t>
   </x:si>
   <x:si>
     <x:t>Formanosque</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro géomètre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
@@ -1353,338 +1353,337 @@
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>592545</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>37707</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="H8" s="14" t="s">
+      <x:c r="H8" s="14" t="s"/>
+      <x:c r="I8" s="16" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="P8" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="P8" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>547718</x:v>
+        <x:v>595692</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>37707</x:v>
+        <x:v>39269</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
-      <x:c r="E9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="H9" s="0" t="s">
+      <x:c r="I9" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="I9" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>11067</x:v>
+        <x:v>12225</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P9" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R9" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="P9" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>611244</x:v>
+        <x:v>597569</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>39269</x:v>
+        <x:v>37707</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H10" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>12225</x:v>
+        <x:v>11067</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R10" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="S10" s="14" t="n">
+        <x:v>543640</x:v>
+      </x:c>
+      <x:c r="T10" s="16" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37707</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
+      <x:c r="E11" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="P11" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>543640</x:v>
+        <x:v>611244</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37707</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="P12" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="P12" s="14" t="s">
+      <x:c r="S12" s="14" t="n">
+        <x:v>547718</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>53</x:v>
@@ -1744,54 +1743,54 @@
       <x:c r="K14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>602116</x:v>
+        <x:v>550444</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39269</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -1804,54 +1803,54 @@
       <x:c r="K15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>550444</x:v>
+        <x:v>602116</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>100</x:v>
@@ -2205,51 +2204,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>580618</x:v>
+        <x:v>575989</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -2262,162 +2261,162 @@
       <x:c r="K23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575989</x:v>
+        <x:v>580618</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39269</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>12225</x:v>
+        <x:v>11067</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>597566</x:v>
+        <x:v>595691</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37707</x:v>
+        <x:v>39269</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11067</x:v>
+        <x:v>12225</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595691</x:v>
+        <x:v>597566</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 