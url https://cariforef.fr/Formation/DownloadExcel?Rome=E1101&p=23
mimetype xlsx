--- v0 (2026-03-30)
+++ v1 (2026-03-31)
@@ -209,86 +209,86 @@
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Améliorez vos perspectives professionnelles en renforçant vos compétences numériques dans le domaine de l'informatique et d'Internet.</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité numérique</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
-    <x:t>SALON-DE-PROVENCE</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -548,62 +548,62 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience</x:t>
   </x:si>
   <x:si>
     <x:t>Technologie internet intranet</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité techniques de commercialisation parcours marketing digital, e-business et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Création entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE COTE D'AZUR</x:t>
@@ -1364,89 +1364,89 @@
   <x:si>
     <x:t>Cycle Professionnel Community Management</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Création de site web</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Lancer et faire connaitre son activité sur Internet</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion contenu site web</x:t>
   </x:si>
   <x:si>
     <x:t>designer UX-UI</x:t>
   </x:si>
   <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Développer son activité avec le Webmarketing et les réseaux sociaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Gobitwin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>Youcap</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Lauriane Samozino</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gobitwin</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développer son réseau professionnel avec Linkedin</x:t>
   </x:si>
   <x:si>
     <x:t>Adam Maman</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
@@ -1769,63 +1769,63 @@
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>VENTAVON</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEROLS</x:t>
+  </x:si>
+  <x:si>
     <x:t>MALIJAI</x:t>
   </x:si>
   <x:si>
     <x:t>TAVERNES</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>Les essentiels des outils de communication - PAO &amp; WEB -</x:t>
   </x:si>
   <x:si>
     <x:t>Formaltic</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Prestashop</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lightroom - Pefectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>llustrator - Niveau 1 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>magistère droit journalisme et communication</x:t>
   </x:si>
@@ -2925,100 +2925,100 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>613090</x:v>
+        <x:v>613096</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>613093</x:v>
+        <x:v>613101</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>41</x:v>
@@ -3027,100 +3027,100 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>613106</x:v>
+        <x:v>613105</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>613109</x:v>
+        <x:v>613111</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>41</x:v>
@@ -3129,100 +3129,100 @@
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>613112</x:v>
+        <x:v>613114</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>613117</x:v>
+        <x:v>613090</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>41</x:v>
@@ -3231,100 +3231,100 @@
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>612711</x:v>
+        <x:v>613093</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>613096</x:v>
+        <x:v>613106</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>41</x:v>
@@ -3333,100 +3333,100 @@
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>613101</x:v>
+        <x:v>613109</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>613105</x:v>
+        <x:v>613112</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>41</x:v>
@@ -3435,100 +3435,100 @@
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>613111</x:v>
+        <x:v>613117</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>613114</x:v>
+        <x:v>612711</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>41</x:v>
@@ -3889,51 +3889,51 @@
       <x:c r="I25" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>613094</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -4350,51 +4350,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>613095</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>41</x:v>
@@ -4860,51 +4860,51 @@
         <x:v>94</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>614348</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>98</x:v>
@@ -4965,51 +4965,51 @@
         <x:v>94</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>614349</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -5133,51 +5133,51 @@
       <x:c r="J49" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>521657</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -5365,51 +5365,51 @@
       <x:c r="J53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>586449</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -5420,100 +5420,100 @@
         <x:v>112</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46329</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>523310</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>590880</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41545</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
@@ -5580,51 +5580,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>596791</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>41545</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -5758,57 +5758,57 @@
       <x:c r="K60" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>454245</x:v>
+        <x:v>602557</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -5824,51 +5824,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>510676</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>157</x:v>
@@ -5879,54 +5879,54 @@
       <x:c r="K62" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>602557</x:v>
+        <x:v>454245</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -6047,51 +6047,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>596795</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -6108,120 +6108,120 @@
       <x:c r="J66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>602561</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>157</x:v>
@@ -6229,51 +6229,51 @@
       <x:c r="J68" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>556135</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -6286,51 +6286,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>575987</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>41623</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
@@ -6565,51 +6565,51 @@
       <x:c r="J74" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>596763</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -6625,302 +6625,302 @@
       <x:c r="J75" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>510684</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>554891</x:v>
+        <x:v>453855</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>554929</x:v>
+        <x:v>554891</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>603439</x:v>
+        <x:v>554929</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>453855</x:v>
+        <x:v>603439</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>157</x:v>
@@ -6928,51 +6928,51 @@
       <x:c r="J80" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>554817</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -6988,60 +6988,60 @@
       <x:c r="J81" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>603437</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>157</x:v>
@@ -7049,51 +7049,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>603438</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -7230,51 +7230,51 @@
       <x:c r="J85" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>602564</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -7412,111 +7412,111 @@
       <x:c r="J88" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>509936</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>554893</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -7533,51 +7533,51 @@
       <x:c r="J90" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>556143</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41844</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -7704,51 +7704,51 @@
       <x:c r="J93" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>556496</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -7825,51 +7825,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>609835</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -7946,51 +7946,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>571053</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39767</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -8175,51 +8175,51 @@
       <x:c r="J101" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>591883</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
@@ -8404,51 +8404,51 @@
       <x:c r="J105" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>605215</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -8748,125 +8748,125 @@
       <x:c r="G111" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>605214</x:v>
+        <x:v>552376</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>552376</x:v>
+        <x:v>605214</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8981,51 +8981,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>607315</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9042,51 +9042,51 @@
       <x:c r="J116" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>589818</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9099,51 +9099,51 @@
       <x:c r="J117" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>555287</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9331,51 +9331,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>555289</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9390,51 +9390,51 @@
       <x:c r="J122" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>607314</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9450,51 +9450,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>599654</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9629,111 +9629,111 @@
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>578823</x:v>
+        <x:v>613733</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>613733</x:v>
+        <x:v>578823</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>195</x:v>
@@ -9859,51 +9859,51 @@
       <x:c r="J130" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>555943</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>34340</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -10139,51 +10139,51 @@
       <x:c r="I135" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>568742</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -10192,51 +10192,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>568748</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>286</x:v>
@@ -10294,51 +10294,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>568744</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>286</x:v>
@@ -10498,51 +10498,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>618823</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>207</x:v>
@@ -10603,51 +10603,51 @@
         <x:v>305</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>588196</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="n">
         <x:v>3434</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -10827,51 +10827,51 @@
         <x:v>323</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>583891</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>41364</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -12122,51 +12122,51 @@
         <x:v>390</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>614329</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>395</x:v>
@@ -12229,51 +12229,51 @@
         <x:v>396</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>611913</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>395</x:v>
@@ -12281,51 +12281,51 @@
       <x:c r="I175" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>611912</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -12388,51 +12388,51 @@
       <x:c r="I177" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>533650</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -12443,51 +12443,51 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>534198</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>407</x:v>
@@ -12495,51 +12495,51 @@
       <x:c r="I179" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>533643</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -12550,51 +12550,51 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>534201</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>378</x:v>
@@ -12803,51 +12803,51 @@
       <x:c r="I185" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>580364</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -12910,51 +12910,51 @@
       <x:c r="I187" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>611787</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
@@ -13177,403 +13177,403 @@
       <x:c r="J192" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>592192</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>535263</x:v>
+        <x:v>624463</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="Q194" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="Q194" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>614507</x:v>
+        <x:v>535263</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>614512</x:v>
+        <x:v>614507</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>624463</x:v>
+        <x:v>614512</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>624435</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>614508</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>624520</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
@@ -13585,51 +13585,51 @@
         <x:v>195</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>616601</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>378</x:v>
@@ -13691,51 +13691,51 @@
         <x:v>458</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>583794</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>320</x:v>
@@ -13746,51 +13746,51 @@
       <x:c r="I203" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>583795</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13805,51 +13805,51 @@
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>576583</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>34</x:v>
@@ -14159,51 +14159,51 @@
       <x:c r="I211" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>611908</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -14214,51 +14214,51 @@
         <x:v>396</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>611875</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>395</x:v>
@@ -14373,51 +14373,51 @@
       <x:c r="I215" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>611907</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -14426,51 +14426,51 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>568729</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>286</x:v>
@@ -14630,100 +14630,100 @@
         <x:v>286</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>568734</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>568731</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
@@ -14732,51 +14732,51 @@
         <x:v>495</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>614974</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>495</x:v>
@@ -14886,51 +14886,51 @@
       <x:c r="I225" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>533249</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -14941,51 +14941,51 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>533166</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>120</x:v>
@@ -15045,51 +15045,51 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>534206</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>407</x:v>
@@ -15097,51 +15097,51 @@
       <x:c r="I229" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>534204</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -15558,51 +15558,51 @@
         <x:v>468</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>503965</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>291</x:v>
@@ -15913,51 +15913,51 @@
       <x:c r="I245" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>599879</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
@@ -15966,100 +15966,100 @@
         <x:v>390</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>614333</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>611395</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
@@ -16712,51 +16712,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>622281</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>536</x:v>
@@ -17140,51 +17140,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>622232</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>536</x:v>
@@ -17568,51 +17568,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>613944</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>536</x:v>
@@ -17727,51 +17727,51 @@
       <x:c r="I279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>613954</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -17834,51 +17834,51 @@
       <x:c r="I281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>613957</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -17996,51 +17996,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>620554</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>536</x:v>
@@ -18155,51 +18155,51 @@
       <x:c r="I287" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>620568</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -18210,51 +18210,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>620571</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>536</x:v>
@@ -18317,51 +18317,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>613938</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>536</x:v>
@@ -18531,51 +18531,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>620564</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>536</x:v>
@@ -18583,51 +18583,51 @@
       <x:c r="I295" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>620573</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -18638,51 +18638,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>620576</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>536</x:v>
@@ -19332,51 +19332,51 @@
       <x:c r="I309" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>613941</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -19439,51 +19439,51 @@
       <x:c r="I311" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>613962</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -19546,51 +19546,51 @@
       <x:c r="I313" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>620552</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -20295,51 +20295,51 @@
       <x:c r="I327" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>613953</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -20457,51 +20457,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>620555</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>536</x:v>
@@ -20671,51 +20671,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>620565</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>536</x:v>
@@ -21206,51 +21206,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>622297</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>536</x:v>
@@ -21509,124 +21509,124 @@
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>613939</x:v>
+        <x:v>613943</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>613951</x:v>
+        <x:v>613948</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -21634,534 +21634,534 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>613961</x:v>
+        <x:v>620553</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>613966</x:v>
+        <x:v>620560</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>621062</x:v>
+        <x:v>620570</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>621063</x:v>
+        <x:v>621066</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>620548</x:v>
+        <x:v>621067</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>620574</x:v>
+        <x:v>622236</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>620577</x:v>
+        <x:v>622239</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>622331</x:v>
+        <x:v>622244</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>622332</x:v>
+        <x:v>622256</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>622233</x:v>
+        <x:v>622257</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -22169,106 +22169,106 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>622246</x:v>
+        <x:v>622262</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>622247</x:v>
+        <x:v>622270</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -22276,320 +22276,320 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>622260</x:v>
+        <x:v>622276</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>622261</x:v>
+        <x:v>622311</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>622274</x:v>
+        <x:v>622331</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>622277</x:v>
+        <x:v>622332</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>622301</x:v>
+        <x:v>620891</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>622308</x:v>
+        <x:v>620894</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -22597,320 +22597,320 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>622309</x:v>
+        <x:v>622233</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>622316</x:v>
+        <x:v>622246</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>622317</x:v>
+        <x:v>622247</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>613943</x:v>
+        <x:v>622260</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>613948</x:v>
+        <x:v>622261</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>620553</x:v>
+        <x:v>622274</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -22918,106 +22918,106 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>620560</x:v>
+        <x:v>622277</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>620570</x:v>
+        <x:v>622301</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -23025,320 +23025,320 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>621066</x:v>
+        <x:v>622308</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>621067</x:v>
+        <x:v>622309</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>620896</x:v>
+        <x:v>622316</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>622243</x:v>
+        <x:v>622317</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>622255</x:v>
+        <x:v>620896</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>622266</x:v>
+        <x:v>621062</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -23346,213 +23346,213 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>622275</x:v>
+        <x:v>621063</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>622318</x:v>
+        <x:v>613940</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>622319</x:v>
+        <x:v>613939</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>613942</x:v>
+        <x:v>613951</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -23560,320 +23560,320 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>613949</x:v>
+        <x:v>613961</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>613956</x:v>
+        <x:v>613966</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>613940</x:v>
+        <x:v>620548</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>613964</x:v>
+        <x:v>620574</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>613967</x:v>
+        <x:v>620577</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>620549</x:v>
+        <x:v>622243</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -23881,106 +23881,106 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>620575</x:v>
+        <x:v>622255</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>620578</x:v>
+        <x:v>622266</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -23991,644 +23991,644 @@
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>621065</x:v>
+        <x:v>622275</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>622236</x:v>
+        <x:v>622318</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>622239</x:v>
+        <x:v>622319</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>622244</x:v>
+        <x:v>613942</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>622256</x:v>
+        <x:v>613949</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>622257</x:v>
+        <x:v>613956</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>622262</x:v>
+        <x:v>613964</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>622270</x:v>
+        <x:v>613967</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>622276</x:v>
+        <x:v>620549</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>622311</x:v>
+        <x:v>620575</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>620891</x:v>
+        <x:v>620578</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>620894</x:v>
+        <x:v>621065</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
@@ -24881,51 +24881,51 @@
       <x:c r="I413" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>567245</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25047,51 +25047,51 @@
         <x:v>589</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>583931</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>320</x:v>
@@ -25260,51 +25260,51 @@
         <x:v>468</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>72410</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>566974</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
@@ -25662,51 +25662,51 @@
       <x:c r="J427" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>560767</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -25721,51 +25721,51 @@
       <x:c r="J428" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>603544</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -26214,51 +26214,51 @@
       <x:c r="I437" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>614288</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
@@ -26879,51 +26879,51 @@
         <x:v>644</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>611785</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>644</x:v>
@@ -26981,51 +26981,51 @@
         <x:v>644</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>611788</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>650</x:v>
@@ -27650,51 +27650,51 @@
       <x:c r="I465" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>567364</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
@@ -27705,51 +27705,51 @@
         <x:v>353</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>667</x:v>
@@ -27810,51 +27810,51 @@
         <x:v>195</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>578640</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>667</x:v>
@@ -28024,156 +28024,156 @@
         <x:v>353</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>577816</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>616613</x:v>
+        <x:v>616612</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>616612</x:v>
+        <x:v>616613</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>