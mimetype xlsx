--- v1 (2026-03-22)
+++ v2 (2026-03-22)
@@ -461,125 +461,125 @@
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Information - Communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Communication interne</x:t>
+  </x:si>
+  <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/19/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Chargé de communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>En Avant Mauricette - Ecole du Luxe</x:t>
   </x:si>
   <x:si>
     <x:t>69007</x:t>
   </x:si>
   <x:si>
     <x:t>En Avant Mauricette - Ecole du Luxe - Antenne Sainte Maxime</x:t>
   </x:si>
   <x:si>
     <x:t>83120</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
+    <x:t>Liberté Formation - Iscae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>B.Factory School</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Liberté Formation - Iscae</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication spécialisation digital et évènementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement stratégique spécialisation marketing international (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
@@ -767,71 +767,71 @@
   <x:si>
     <x:t>Formapack</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet événementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers du tourisme : communication et valorisation des territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Économie tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention métiers du tourisme : communication et valorisation des territoires</x:t>
   </x:si>
   <x:si>
-    <x:t>Économie tourisme</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Manager de la communication marketing intégrée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet événementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>manager des stratégies communication marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
@@ -929,78 +929,78 @@
   <x:si>
     <x:t>VELLERON</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Organisateur de mariages - Wedding planner - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Organisateur de mariages - Wedding planner - Niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Organisateurs de mariages - wedding planner</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Formation aux Métiers du Mariage</x:t>
   </x:si>
   <x:si>
     <x:t>EFMM</x:t>
   </x:si>
   <x:si>
     <x:t>78120</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Rentabilisez votre participation à des salons</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
@@ -2997,267 +2997,267 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>608139</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>41125</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592833</x:v>
+        <x:v>608140</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>608140</x:v>
+        <x:v>588400</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39741</x:v>
+        <x:v>37766</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>46311</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>588400</x:v>
+        <x:v>597148</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>37766</x:v>
+        <x:v>41125</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>46311</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="P27" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>597148</x:v>
+        <x:v>592833</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
@@ -3376,51 +3376,51 @@
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>556209</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
@@ -3433,241 +3433,241 @@
       <x:c r="E31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>608705</x:v>
+        <x:v>556205</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>560009</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="R32" s="14" t="s">
+      <x:c r="U32" s="16" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37766</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>556205</x:v>
+        <x:v>608705</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>560009</x:v>
+        <x:v>598972</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -3724,117 +3724,117 @@
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>608707</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>598950</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3964,54 +3964,54 @@
       <x:c r="I40" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>478400</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4196,54 +4196,54 @@
       <x:c r="I44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>478403</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4253,54 +4253,54 @@
       <x:c r="I45" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>478406</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5295,160 +5295,159 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>556817</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40439</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>234</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="P64" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="P64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>592550</x:v>
+        <x:v>580461</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40439</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>235</x:v>
-[...2 lines deleted...]
-        <x:v>236</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>580461</x:v>
+        <x:v>592550</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36731</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -6268,51 +6267,51 @@
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42009</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>602592</x:v>
+        <x:v>602600</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>276</x:v>
@@ -6321,100 +6320,100 @@
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42009</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>602602</x:v>
+        <x:v>602611</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42009</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>602614</x:v>
+        <x:v>602592</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>276</x:v>
@@ -6423,100 +6422,100 @@
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42009</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>602600</x:v>
+        <x:v>602602</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42009</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>602611</x:v>
+        <x:v>602614</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>276</x:v>
@@ -6580,51 +6579,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>614269</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -6738,57 +6737,57 @@
       <x:c r="J90" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>599422</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -7014,51 +7013,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>545462</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -7125,51 +7124,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>544695</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7241,57 +7240,57 @@
       <x:c r="J99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>616705</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
@@ -7300,108 +7299,108 @@
       <x:c r="J100" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>601938</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>549026</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7473,51 +7472,51 @@
       <x:c r="J103" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>549023</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37502</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
@@ -7692,51 +7691,51 @@
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>599365</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
@@ -7749,51 +7748,51 @@
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>599369</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
@@ -7806,226 +7805,226 @@
       <x:c r="E109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>614362</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>588325</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>588326</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38125</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>614361</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">