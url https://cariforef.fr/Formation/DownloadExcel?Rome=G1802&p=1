--- v0 (2025-12-30)
+++ v1 (2025-12-30)
@@ -188,68 +188,68 @@
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent P Arène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent P Arène</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BP Arts du Service et Commercialisation en Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
@@ -395,84 +395,84 @@
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Elisabeth - LPP Sainte Elisatbeth</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/03/2026 00:00:00</x:t>
+    <x:t>08/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'équipes en hôtellerie et restauration de grand hôtel international</x:t>
   </x:si>
   <x:si>
     <x:t>ICARE Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion hôtel restaurant bar</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de service en hôtellerie, tourisme et restauration (Apprentissage)</x:t>
   </x:si>
@@ -1232,51 +1232,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>595455</x:v>
+        <x:v>595458</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>43</x:v>
@@ -1287,51 +1287,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>595458</x:v>
+        <x:v>595455</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -2308,159 +2308,159 @@
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>609754</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37558</x:v>
+        <x:v>38429</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>547762</x:v>
+        <x:v>542978</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>544758</x:v>
+        <x:v>604841</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>72</x:v>
@@ -2534,51 +2534,51 @@
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>556803</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>71</x:v>
@@ -2616,90 +2616,90 @@
       <x:c r="S28" s="14" t="n">
         <x:v>544171</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>602753</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>98</x:v>
@@ -2798,384 +2798,384 @@
         <x:v>509503</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>542978</x:v>
+        <x:v>546706</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38429</x:v>
+        <x:v>37558</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>546533</x:v>
+        <x:v>496813</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>604841</x:v>
+        <x:v>544166</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>546706</x:v>
+        <x:v>546533</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>496813</x:v>
+        <x:v>547762</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>544166</x:v>
+        <x:v>544758</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39975</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
@@ -3212,84 +3212,84 @@
       <x:c r="S38" s="14" t="n">
         <x:v>592560</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38785</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42729</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>547234</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>