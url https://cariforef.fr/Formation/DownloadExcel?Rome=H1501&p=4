--- v0 (2025-11-04)
+++ v1 (2025-12-30)
@@ -140,296 +140,296 @@
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STL sciences et technologies de laboratoire</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biotechnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée V Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent René Char</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jean Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Notre-Dame</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO M Gasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de Tocqueville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LT de chimie biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Montmajour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Vaison-la-Romaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAISON LA ROMAINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Calmette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...38 lines deleted...]
-    <x:t>NICE CEDEX 1</x:t>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Montmajour</x:t>
-[...151 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent René Char</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>créateur - manager en parfumerie et cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie, sciences et technologies</x:t>
@@ -557,63 +557,63 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention instrumentation, mesure, métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Mesure optique</x:t>
   </x:si>
   <x:si>
+    <x:t>ST PAUL LES DURANCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours commercialisation en instrumentation scientifique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours ingénierie en instrumentation industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours instrumentation des moyens d'essai</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours microcapteurs et microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -1206,100 +1206,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>591947</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>591942</x:v>
+        <x:v>591950</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>36</x:v>
@@ -1308,100 +1308,100 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>591960</x:v>
+        <x:v>591954</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>591939</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>42</x:v>
@@ -1410,1018 +1410,1018 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>591937</x:v>
+        <x:v>591960</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>591948</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="Q8" s="16" t="s">
+      <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="R8" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>591943</x:v>
+        <x:v>591939</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="I9" s="4" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="Q9" s="4" t="s">
+      <x:c r="R9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>591958</x:v>
+        <x:v>591941</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="Q10" s="16" t="s">
+      <x:c r="R10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="R10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>591947</x:v>
+        <x:v>591942</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I11" s="4" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="Q11" s="4" t="s">
+      <x:c r="R11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>591938</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="Q12" s="16" t="s">
+      <x:c r="R12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="R12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>591949</x:v>
+        <x:v>591956</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I13" s="4" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>591955</x:v>
+        <x:v>591943</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="Q14" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>591948</x:v>
+        <x:v>591938</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="Q15" s="4" t="s">
+      <x:c r="R15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>591951</x:v>
+        <x:v>591952</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="Q16" s="16" t="s">
+      <x:c r="R16" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="R16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>591952</x:v>
+        <x:v>591951</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
+      <x:c r="R17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>591956</x:v>
+        <x:v>591957</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
+      <x:c r="R18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>591936</x:v>
+        <x:v>591937</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591946</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="R20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>591959</x:v>
+        <x:v>591958</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>591944</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
+      <x:c r="R22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>591950</x:v>
+        <x:v>591949</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="R23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>591941</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="Q24" s="16" t="s">
+      <x:c r="R24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="R24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>591957</x:v>
+        <x:v>591959</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="I25" s="4" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>591945</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>103</x:v>
@@ -2430,51 +2430,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>591954</x:v>
+        <x:v>591945</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37850</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -2692,51 +2692,51 @@
       <x:c r="J31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>595452</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -2885,84 +2885,84 @@
       <x:c r="R34" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>576218</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592093</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
@@ -2974,174 +2974,173 @@
       <x:c r="J36" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>540578</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>591171</x:v>
+        <x:v>592093</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H38" s="14" t="s"/>
+      <x:c r="H38" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>592094</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -3252,171 +3251,171 @@
       <x:c r="G41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="R41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591878</x:v>
+        <x:v>591879</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>591880</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591879</x:v>
+        <x:v>591878</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
@@ -3425,54 +3424,54 @@
       <x:c r="I44" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>577647</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -3482,51 +3481,51 @@
       <x:c r="I45" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>581563</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
@@ -3541,54 +3540,54 @@
       <x:c r="I46" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>574962</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -3598,54 +3597,54 @@
       <x:c r="I47" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>574963</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
@@ -3657,54 +3656,54 @@
       <x:c r="I48" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>574964</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>