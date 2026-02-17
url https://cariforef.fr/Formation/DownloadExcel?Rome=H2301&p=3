--- v2 (2026-02-17)
+++ v3 (2026-02-17)
@@ -512,59 +512,59 @@
   <x:si>
     <x:t>Formuler une composition olfactive</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School (1ère partie)</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation à la parfumerie et au langage des odeurs</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>International technical degree in fragrance creation and sensory evaluation</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
@@ -713,78 +713,78 @@
   <x:si>
     <x:t>Master mention génie des procédés et des bio-procédés parcours génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Mettre sur le marché un produit cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture à la chaux</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
   </x:si>
   <x:si>
     <x:t>CFRPA</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Peinture à la chaux, parement et décor</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Plâtre et chaux</x:t>
   </x:si>
   <x:si>
     <x:t>Chaux</x:t>
   </x:si>
   <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur d'appareils de l'industrie de la chimie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie verte</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -3382,110 +3382,110 @@
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>615658</x:v>
+        <x:v>610144</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>610144</x:v>
+        <x:v>615658</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
@@ -4370,114 +4370,114 @@
       <x:c r="I57" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>591852</x:v>
+        <x:v>591850</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>591850</x:v>
+        <x:v>591852</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38704</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -5162,109 +5162,109 @@
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22827</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>614880</x:v>
+        <x:v>614879</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22827</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>614879</x:v>
+        <x:v>614880</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
@@ -5272,51 +5272,51 @@
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22827</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>614881</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -5324,106 +5324,106 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22850</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>614883</x:v>
+        <x:v>614884</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22850</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>614884</x:v>
+        <x:v>614883</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35314</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>71</x:v>