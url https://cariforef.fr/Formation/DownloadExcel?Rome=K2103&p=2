--- v0 (2026-03-29)
+++ v1 (2026-03-29)
@@ -197,66 +197,66 @@
   <x:si>
     <x:t>Sipca</x:t>
   </x:si>
   <x:si>
     <x:t>80000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable formation</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention français langue étrangère</x:t>
   </x:si>
@@ -1046,51 +1046,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>618544</x:v>
+        <x:v>618545</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
@@ -1106,108 +1106,108 @@
       <x:c r="L4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>618543</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>618539</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1217,54 +1217,54 @@
       <x:c r="L6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>618546</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -1328,51 +1328,51 @@
       <x:c r="L8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>623280</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1439,105 +1439,105 @@
       <x:c r="L10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>618540</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>623975</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -1547,111 +1547,111 @@
       <x:c r="K12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>618545</x:v>
+        <x:v>618542</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>618542</x:v>
+        <x:v>618544</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>