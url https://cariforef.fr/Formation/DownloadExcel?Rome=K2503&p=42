--- v0 (2026-01-27)
+++ v1 (2026-01-27)
@@ -431,110 +431,110 @@
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Rescue Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>RFC</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/27/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Formation Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>FFS</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
@@ -602,125 +602,125 @@
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avenir Services Formation - Elythe</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formosecours</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public de la formation initiale , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + module vidéoprotection + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
@@ -815,164 +815,164 @@
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sûreté aéroportuaire</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité aérienne</x:t>
   </x:si>
   <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + STT (formation modulaire sans SSIAP)</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Envergure</x:t>
   </x:si>
   <x:si>
     <x:t>93600</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe d'Avenir</x:t>
   </x:si>
   <x:si>
     <x:t>EA</x:t>
   </x:si>
   <x:si>
     <x:t>97200</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service</x:t>
   </x:si>
   <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hse Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
@@ -1151,74 +1151,74 @@
   <x:si>
     <x:t>Agent privé de protection de personnes</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ajout ou Remplacement de chien sur la carte professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (avec SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
@@ -1244,89 +1244,89 @@
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers de la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité publique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Raynaud</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPTR de L'Estaque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Costebelle</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de la sécurité (Apprentissage)</x:t>
@@ -1481,185 +1481,185 @@
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée l'Estaque - Lycée des Métiers du Nautisme et de la Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ip Seq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ip Seq - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ip Seq</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTS MOS - Management opérationnel de la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>CQP agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation et des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP surveillant de nuit en secteur social, médico-social et sanitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surveillance nuit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
-    <x:t>Surveillance nuit</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur d'entreprises de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur comportementaliste canin</x:t>
   </x:si>
   <x:si>
     <x:t>Fidèle Instinct</x:t>
   </x:si>
   <x:si>
     <x:t>06450</x:t>
   </x:si>
   <x:si>
     <x:t>UTELLE</x:t>
@@ -1694,57 +1694,57 @@
   <x:si>
     <x:t>Équipier de Première Intervention (E.P.I.) - Intervenir au moyen d'un extincteur ou d'un R.I.A. - PIS056</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité incendie</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (E.P.I.) - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de première intervention (EPI)</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
@@ -3793,548 +3793,548 @@
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>608238</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>602261</x:v>
+        <x:v>602428</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>602266</x:v>
+        <x:v>602679</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>586699</x:v>
+        <x:v>613251</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="S27" s="0" t="n">
+        <x:v>602261</x:v>
+      </x:c>
+      <x:c r="T27" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="R27" s="0" t="s">
+      <x:c r="U27" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>590154</x:v>
+        <x:v>602266</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>458805</x:v>
+        <x:v>586699</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>41394</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>602428</x:v>
+        <x:v>611432</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>136</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>602679</x:v>
+        <x:v>590154</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>613251</x:v>
+        <x:v>458805</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -4344,51 +4344,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>597768</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4569,51 +4569,51 @@
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>602504</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5093,141 +5093,141 @@
       <x:c r="R46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>586700</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="S47" s="0" t="n">
+        <x:v>606639</x:v>
+      </x:c>
+      <x:c r="T47" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="Q47" s="4" t="s">
+      <x:c r="U47" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>606639</x:v>
+        <x:v>606687</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -5260,93 +5260,93 @@
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>597767</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>614955</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5542,258 +5542,258 @@
       <x:c r="R54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>586702</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>606638</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>613172</x:v>
+        <x:v>612507</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>41394</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="S57" s="0" t="n">
+        <x:v>613172</x:v>
+      </x:c>
+      <x:c r="T57" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q57" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>606638</x:v>
+        <x:v>613243</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5803,51 +5803,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>545239</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6022,51 +6022,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>606637</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G64" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -6172,91 +6172,91 @@
       <x:c r="T65" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G66" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581873</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -6392,51 +6392,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>612246</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -6827,57 +6827,57 @@
       <x:c r="H76" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>612244</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -7016,255 +7016,255 @@
       <x:c r="H79" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>612248</x:v>
+        <x:v>580271</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G80" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>612249</x:v>
+        <x:v>580285</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>612255</x:v>
+        <x:v>580286</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>616145</x:v>
+        <x:v>612248</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -7277,183 +7277,183 @@
       <x:c r="K83" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>580271</x:v>
+        <x:v>612249</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>580285</x:v>
+        <x:v>612255</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>580286</x:v>
+        <x:v>616145</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G86" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -7646,57 +7646,57 @@
       <x:c r="H89" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>580273</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -7934,115 +7934,115 @@
       <x:c r="T93" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G94" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>612242</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -8214,51 +8214,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>612256</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -8331,183 +8331,183 @@
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>616142</x:v>
+        <x:v>612252</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="U100" s="16" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>616146</x:v>
+        <x:v>616142</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>612252</x:v>
+        <x:v>616146</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -8642,54 +8642,54 @@
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>602486</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="G106" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>275</x:v>
@@ -8703,51 +8703,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>611088</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -8766,51 +8766,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>611081</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
@@ -8843,149 +8843,150 @@
       <x:c r="R108" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>611085</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="R109" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="S109" s="0" t="n">
+        <x:v>614650</x:v>
+      </x:c>
+      <x:c r="T109" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="Q109" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>614650</x:v>
+        <x:v>585837</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9281,51 +9282,51 @@
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>614856</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9355,82 +9356,82 @@
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>614859</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>611435</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -9623,81 +9624,81 @@
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>601743</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -9710,309 +9711,309 @@
       <x:c r="T123" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G124" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>583668</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>583670</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G126" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583669</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>583671</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G128" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -10025,57 +10026,57 @@
       <x:c r="T128" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -10234,51 +10235,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597761</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -10402,51 +10403,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>600697</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -10474,141 +10475,141 @@
       <x:c r="R136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>587321</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>615080</x:v>
+        <x:v>609283</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>609283</x:v>
+        <x:v>615080</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39086</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -10738,51 +10739,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>585354</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40271</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10795,51 +10796,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>585355</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>41142</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10852,51 +10853,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>616350</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40375</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11017,51 +11018,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>608232</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11407,51 +11408,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>589917</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11520,51 +11521,51 @@
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>570696</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
@@ -11692,409 +11693,408 @@
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>586076</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>360</x:v>
-[...2 lines deleted...]
-        <x:v>361</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>607998</x:v>
+        <x:v>613542</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>613536</x:v>
+        <x:v>613545</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>613539</x:v>
+        <x:v>613549</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>585294</x:v>
+        <x:v>613536</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>613542</x:v>
+        <x:v>613539</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>365</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>613545</x:v>
+        <x:v>607998</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>613549</x:v>
+        <x:v>585294</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
@@ -12304,54 +12304,54 @@
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>613541</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
@@ -12610,51 +12610,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>613540</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
@@ -12662,51 +12662,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>613543</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
@@ -12779,138 +12779,138 @@
       <x:c r="R179" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>613552</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>616347</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>613083</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
@@ -12964,333 +12964,333 @@
       <x:c r="J183" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>595112</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>595114</x:v>
+        <x:v>595116</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>595115</x:v>
+        <x:v>595118</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>595116</x:v>
+        <x:v>595119</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>595118</x:v>
+        <x:v>595114</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
@@ -13300,51 +13300,51 @@
       <x:c r="K189" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>595119</x:v>
+        <x:v>595115</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
@@ -13522,51 +13522,51 @@
       <x:c r="J193" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>552420</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -13581,51 +13581,51 @@
       <x:c r="J194" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>607760</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -13638,51 +13638,51 @@
       <x:c r="J195" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>499711</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -13697,51 +13697,51 @@
       <x:c r="J196" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>607759</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -13754,51 +13754,51 @@
       <x:c r="J197" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>552418</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
@@ -14010,199 +14010,199 @@
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>509145</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>556778</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>609524</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -14307,139 +14307,139 @@
       <x:c r="U206" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>556835</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>508956</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -14509,51 +14509,51 @@
       <x:c r="J210" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>595131</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -14589,139 +14589,139 @@
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>549175</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>595132</x:v>
+        <x:v>595133</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>595133</x:v>
+        <x:v>595132</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
@@ -14740,96 +14740,96 @@
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>538534</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>595134</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -15130,51 +15130,51 @@
       <x:c r="I221" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>499323</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
@@ -15192,51 +15192,51 @@
       <x:c r="J222" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>552407</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -15246,51 +15246,51 @@
       <x:c r="I223" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>603627</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
@@ -15365,54 +15365,54 @@
       <x:c r="I225" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>564877</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -15543,51 +15543,51 @@
       <x:c r="J228" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>499716</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -15597,54 +15597,54 @@
       <x:c r="I229" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>502692</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -15713,586 +15713,586 @@
       <x:c r="I231" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>551964</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>510286</x:v>
+        <x:v>544950</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>509535</x:v>
+        <x:v>549473</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>599872</x:v>
+        <x:v>556161</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>495732</x:v>
+        <x:v>547824</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>544950</x:v>
+        <x:v>607768</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>549473</x:v>
+        <x:v>495732</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>556161</x:v>
+        <x:v>509535</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>547824</x:v>
+        <x:v>599872</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>607768</x:v>
+        <x:v>510286</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -16352,51 +16352,51 @@
       <x:c r="J242" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>556584</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
@@ -16487,192 +16487,192 @@
       <x:c r="R244" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>564386</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>596890</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>596888</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>596889</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
@@ -16853,51 +16853,51 @@
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -16912,288 +16912,288 @@
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>499721</x:v>
+        <x:v>552435</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>552435</x:v>
+        <x:v>499721</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>502805</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>608189</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>509149</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -17206,51 +17206,51 @@
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>607772</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
@@ -17320,164 +17320,164 @@
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>599768</x:v>
+        <x:v>570849</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>570849</x:v>
+        <x:v>599768</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>599769</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
@@ -17498,100 +17498,100 @@
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>585362</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>585358</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
@@ -17600,100 +17600,100 @@
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40552</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
@@ -17756,114 +17756,114 @@
       <x:c r="K267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>607624</x:v>
+        <x:v>607623</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>607623</x:v>
+        <x:v>607624</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="U268" s="16" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -18518,51 +18518,51 @@
       <x:c r="I281" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>591635</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -18571,51 +18571,51 @@
         <x:v>535</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>591636</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>535</x:v>
@@ -18722,255 +18722,255 @@
       <x:c r="I285" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>591632</x:v>
+        <x:v>591637</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>610710</x:v>
+        <x:v>591632</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>610711</x:v>
+        <x:v>610710</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>591637</x:v>
+        <x:v>610711</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -18979,109 +18979,109 @@
         <x:v>535</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>610709</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
@@ -19136,54 +19136,54 @@
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>591638</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
@@ -19360,79 +19360,79 @@
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>585305</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>601290</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
@@ -19570,51 +19570,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>586088</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>98</x:v>
@@ -19625,91 +19625,91 @@
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>611299</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>610713</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -20166,51 +20166,51 @@
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>574463</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -20462,194 +20462,193 @@
       <x:c r="R317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>599349</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H318" s="14" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>599952</x:v>
+        <x:v>611137</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>611137</x:v>
+        <x:v>612757</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>612757</x:v>
+        <x:v>605431</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
@@ -20707,51 +20706,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>586709</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
@@ -20852,110 +20851,110 @@
       <x:c r="K325" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>605431</x:v>
+        <x:v>605429</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>605429</x:v>
+        <x:v>599952</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
@@ -20978,1059 +20977,1062 @@
       <x:c r="R327" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>613285</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>606656</x:v>
+        <x:v>586714</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>586714</x:v>
+        <x:v>605430</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>605430</x:v>
+        <x:v>585308</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>586078</x:v>
+        <x:v>606647</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>585308</x:v>
+        <x:v>606655</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>606647</x:v>
+        <x:v>605427</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>606655</x:v>
+        <x:v>605432</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>605427</x:v>
+        <x:v>613276</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>605432</x:v>
+        <x:v>586707</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>613276</x:v>
+        <x:v>586711</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>586707</x:v>
+        <x:v>586712</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>586711</x:v>
+        <x:v>586716</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>586712</x:v>
+        <x:v>586078</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>586716</x:v>
+        <x:v>586080</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>586080</x:v>
+        <x:v>586713</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>586713</x:v>
+        <x:v>586705</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>586705</x:v>
+        <x:v>586708</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H345" s="0" t="s">
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>586708</x:v>
+        <x:v>609027</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>586717</x:v>
+        <x:v>611459</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>611459</x:v>
+        <x:v>606656</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
@@ -22141,103 +22143,100 @@
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>605433</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>144</x:v>
-[...2 lines deleted...]
-        <x:v>145</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>609027</x:v>
+        <x:v>586717</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
@@ -22444,261 +22443,261 @@
       <x:c r="K356" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>602291</x:v>
+        <x:v>602297</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>602292</x:v>
+        <x:v>602298</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>602297</x:v>
+        <x:v>602291</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>602298</x:v>
+        <x:v>602292</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>602293</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
@@ -22904,51 +22903,51 @@
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>602300</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
@@ -23723,51 +23722,51 @@
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>586796</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
@@ -24040,51 +24039,51 @@
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>587420</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
@@ -24540,111 +24539,111 @@
       <x:c r="K396" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>579096</x:v>
+        <x:v>610220</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>610220</x:v>
+        <x:v>579096</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24657,51 +24656,51 @@
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>575205</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -24765,51 +24764,51 @@
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>616365</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -24888,51 +24887,51 @@
       <x:c r="M402" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>616251</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -25157,115 +25156,115 @@
       <x:c r="I407" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>502713</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>601047</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -25290,54 +25289,54 @@
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>612809</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -25461,51 +25460,51 @@
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>599956</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -25626,51 +25625,51 @@
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>599957</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
@@ -25734,51 +25733,51 @@
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>586093</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
@@ -25787,51 +25786,51 @@
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>586092</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>