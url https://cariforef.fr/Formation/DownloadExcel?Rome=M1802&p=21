--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -224,71 +224,71 @@
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau local</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association - Antenne Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administration d'un serveur Linux</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Linux</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
@@ -869,86 +869,86 @@
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>bachelor cybersécurité (Ynov)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
@@ -1307,62 +1307,62 @@
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences Numériques - Accroître vos Opportunités Professionnelles avec l'Informatique et Internet</x:t>
   </x:si>
   <x:si>
     <x:t>MarieBert.Services</x:t>
   </x:si>
   <x:si>
     <x:t>MBS</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BRIGNOLES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
@@ -1538,62 +1538,62 @@
   <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Expert</x:t>
   </x:si>
   <x:si>
     <x:t>Manpeva Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>Audit informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Master</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture informatique (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole 42 - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
@@ -1982,141 +1982,141 @@
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur de l'électronique et du numérique Yncréa Méditerranée spécialité électronique et informatique industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Marseille - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur systèmes, réseaux et cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>M2s Formation School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURECOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé du CESI spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur systèmes, réseaux et cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doranco Espace Multimédia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé d'Eurecom</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation Informatique - Bases Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Descodeuses</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les nouveaux technologies</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention informatique</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
@@ -3495,176 +3495,176 @@
       <x:c r="G5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>549303</x:v>
+        <x:v>549291</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>601236</x:v>
+        <x:v>549303</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>549291</x:v>
+        <x:v>601236</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>40</x:v>
@@ -4898,51 +4898,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>568842</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>130</x:v>
@@ -5019,51 +5019,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>568839</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>130</x:v>
@@ -7339,51 +7339,51 @@
       <x:c r="K76" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>594689</x:v>
+        <x:v>594681</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>217</x:v>
@@ -7437,112 +7437,112 @@
         <x:v>271</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>594681</x:v>
+        <x:v>594684</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="Q79" s="4" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>594684</x:v>
+        <x:v>594689</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>280</x:v>
@@ -8149,51 +8149,51 @@
       <x:c r="J91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>596785</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
@@ -8513,57 +8513,57 @@
       <x:c r="K97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>554815</x:v>
+        <x:v>513714</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>331</x:v>
@@ -8574,57 +8574,57 @@
       <x:c r="K98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>513714</x:v>
+        <x:v>554815</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -9454,51 +9454,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31028</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>569877</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -10382,57 +10382,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>600354</x:v>
+        <x:v>546298</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>178</x:v>
@@ -10443,111 +10443,111 @@
       <x:c r="K130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>546302</x:v>
+        <x:v>600354</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>546303</x:v>
+        <x:v>546302</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>386</x:v>
@@ -10564,117 +10564,117 @@
       <x:c r="K132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>600355</x:v>
+        <x:v>546303</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>546298</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>178</x:v>
@@ -11163,80 +11163,80 @@
       <x:c r="R143" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>191</x:v>
@@ -11265,80 +11265,80 @@
       <x:c r="R145" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>201</x:v>
@@ -11367,80 +11367,80 @@
       <x:c r="R147" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>592580</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>191</x:v>
@@ -11673,80 +11673,80 @@
       <x:c r="R153" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>592938</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>410</x:v>
@@ -11757,158 +11757,158 @@
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>613169</x:v>
+        <x:v>602388</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>613186</x:v>
+        <x:v>602399</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>602388</x:v>
+        <x:v>602427</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -11916,112 +11916,112 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="S158" s="14" t="n">
+        <x:v>613169</x:v>
+      </x:c>
+      <x:c r="T158" s="16" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="U158" s="16" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>602427</x:v>
+        <x:v>613186</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
@@ -12191,51 +12191,51 @@
       <x:c r="M163" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>613171</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
@@ -12246,51 +12246,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>613179</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
@@ -12298,51 +12298,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>613182</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
@@ -12353,51 +12353,51 @@
       <x:c r="M166" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>613190</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
@@ -12405,51 +12405,51 @@
       <x:c r="M167" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>613192</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
@@ -12460,51 +12460,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>613197</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
@@ -12512,97 +12512,97 @@
       <x:c r="M169" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>613205</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>602389</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>410</x:v>
@@ -13102,51 +13102,51 @@
       <x:c r="M180" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>613170</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
@@ -13154,51 +13154,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>613174</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
@@ -13209,51 +13209,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>613177</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
@@ -13261,51 +13261,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>613188</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
@@ -13316,51 +13316,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>613194</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
@@ -13368,51 +13368,51 @@
       <x:c r="M185" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>613200</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
@@ -13423,51 +13423,51 @@
       <x:c r="M186" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>613202</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
@@ -13475,51 +13475,51 @@
       <x:c r="M187" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>613204</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
@@ -13680,60 +13680,60 @@
       <x:c r="I191" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>613168</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
@@ -13744,51 +13744,51 @@
       <x:c r="M192" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>613184</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
@@ -13796,51 +13796,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>613185</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
@@ -13851,51 +13851,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613201</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
@@ -14010,51 +14010,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>613187</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
@@ -14065,51 +14065,51 @@
       <x:c r="M198" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>613189</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
@@ -14322,60 +14322,60 @@
       <x:c r="I203" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>613178</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
@@ -14386,51 +14386,51 @@
       <x:c r="M204" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>613195</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
@@ -14438,51 +14438,51 @@
       <x:c r="M205" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>613196</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
@@ -14493,51 +14493,51 @@
       <x:c r="M206" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>613199</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
@@ -14973,51 +14973,51 @@
       <x:c r="M215" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>613173</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
@@ -15028,51 +15028,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>613176</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
@@ -15080,51 +15080,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>613180</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
@@ -15135,51 +15135,51 @@
       <x:c r="M218" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>613193</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
@@ -15187,51 +15187,51 @@
       <x:c r="M219" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>613198</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
@@ -15242,51 +15242,51 @@
       <x:c r="M220" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>613203</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -16605,139 +16605,139 @@
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>542032</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>606189</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>606190</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>284</x:v>
@@ -16752,230 +16752,230 @@
       <x:c r="K248" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>605066</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>549713</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U249" s="4" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>549752</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>604973</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -16990,51 +16990,51 @@
       <x:c r="M252" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>604978</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39774</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -17846,54 +17846,54 @@
       <x:c r="L267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>604997</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
@@ -17905,54 +17905,54 @@
       <x:c r="L268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>605073</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -17962,54 +17962,54 @@
       <x:c r="L269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>549753</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U269" s="4" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -18021,54 +18021,54 @@
       <x:c r="L270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>549714</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U270" s="16" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
@@ -19784,51 +19784,51 @@
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
@@ -20016,51 +20016,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
@@ -21996,51 +21996,51 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>603823</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>410</x:v>
@@ -22378,106 +22378,106 @@
       <x:c r="M347" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>613436</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>613437</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
@@ -22485,51 +22485,51 @@
       <x:c r="M349" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>613440</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
@@ -22540,51 +22540,51 @@
       <x:c r="M350" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>613444</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
@@ -22592,51 +22592,51 @@
       <x:c r="M351" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>613448</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
@@ -22647,51 +22647,51 @@
       <x:c r="M352" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>613453</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
@@ -22699,51 +22699,51 @@
       <x:c r="M353" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>613455</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
@@ -22754,51 +22754,51 @@
       <x:c r="M354" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>613456</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
@@ -22806,51 +22806,51 @@
       <x:c r="M355" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>613434</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
@@ -22861,51 +22861,51 @@
       <x:c r="M356" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>613435</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
@@ -22913,51 +22913,51 @@
       <x:c r="M357" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>613443</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
@@ -22968,51 +22968,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>613447</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
@@ -23020,51 +23020,51 @@
       <x:c r="M359" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>613458</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
@@ -23075,51 +23075,51 @@
       <x:c r="M360" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>613432</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
@@ -23127,51 +23127,51 @@
       <x:c r="M361" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>613457</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
@@ -23280,60 +23280,60 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>613430</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
@@ -23341,51 +23341,51 @@
       <x:c r="M365" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>613431</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
@@ -23396,51 +23396,51 @@
       <x:c r="M366" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>613445</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
@@ -23448,51 +23448,51 @@
       <x:c r="M367" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>613449</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
@@ -23503,94 +23503,94 @@
       <x:c r="M368" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>613450</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>603810</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -23931,51 +23931,51 @@
       <x:c r="M376" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>613454</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
@@ -23983,51 +23983,51 @@
       <x:c r="M377" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>613459</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
@@ -24038,51 +24038,51 @@
       <x:c r="M378" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>613460</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
@@ -24243,855 +24243,855 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>613433</x:v>
+        <x:v>603809</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>613438</x:v>
+        <x:v>603831</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>613441</x:v>
+        <x:v>603836</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>613442</x:v>
+        <x:v>603837</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>613446</x:v>
+        <x:v>603846</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>613451</x:v>
+        <x:v>613433</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>613429</x:v>
+        <x:v>613438</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>613439</x:v>
+        <x:v>613441</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>613452</x:v>
+        <x:v>613442</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>613461</x:v>
+        <x:v>613446</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>603814</x:v>
+        <x:v>613451</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>603848</x:v>
+        <x:v>613429</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>603851</x:v>
+        <x:v>613439</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>603859</x:v>
+        <x:v>613452</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>603866</x:v>
+        <x:v>613461</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>603809</x:v>
+        <x:v>603814</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -25099,106 +25099,106 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>603831</x:v>
+        <x:v>603848</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>603836</x:v>
+        <x:v>603851</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -25206,106 +25206,106 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>603837</x:v>
+        <x:v>603859</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>603846</x:v>
+        <x:v>603866</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
@@ -26776,99 +26776,99 @@
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>550303</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38105</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>557850</x:v>
+        <x:v>600423</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
@@ -26892,219 +26892,219 @@
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>501082</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38656</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>596436</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="I431" s="4" t="s">
         <x:v>643</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>644</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>592576</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>31054</x:v>
@@ -27114,51 +27114,51 @@
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>615895</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
@@ -27171,1003 +27171,1003 @@
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>615894</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>549759</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U435" s="4" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>549757</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U436" s="16" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>605010</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>549758</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U438" s="16" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>549760</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="U439" s="4" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>605013</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>39907</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>595013</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="I443" s="4" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>657</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="Q443" s="4" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>657</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>553598</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>545502</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>599475</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="U445" s="4" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>600423</x:v>
+        <x:v>600422</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>557851</x:v>
+        <x:v>557850</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38117</x:v>
+        <x:v>38105</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="Q448" s="16" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="R448" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q448" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>557047</x:v>
+        <x:v>557851</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>600422</x:v>
+        <x:v>557047</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>602361</x:v>
+        <x:v>602358</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>602364</x:v>
+        <x:v>602370</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -28175,106 +28175,106 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>602366</x:v>
+        <x:v>602371</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>602380</x:v>
+        <x:v>602375</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -28282,647 +28282,647 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>602383</x:v>
+        <x:v>602361</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>613121</x:v>
+        <x:v>602364</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>613124</x:v>
+        <x:v>602366</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>613133</x:v>
+        <x:v>602380</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>613136</x:v>
+        <x:v>602383</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>613139</x:v>
+        <x:v>613121</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>613144</x:v>
+        <x:v>613124</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>613151</x:v>
+        <x:v>613133</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>602358</x:v>
+        <x:v>613136</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>602370</x:v>
+        <x:v>613139</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>602371</x:v>
+        <x:v>613144</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>602375</x:v>
+        <x:v>613151</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
@@ -28933,51 +28933,51 @@
       <x:c r="M466" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>613127</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
@@ -28985,97 +28985,97 @@
       <x:c r="M467" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>613130</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>602355</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>410</x:v>
@@ -29468,51 +29468,51 @@
       <x:c r="M476" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>613125</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
@@ -29520,51 +29520,51 @@
       <x:c r="M477" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>613128</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
@@ -29575,51 +29575,51 @@
       <x:c r="M478" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>613131</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
@@ -29627,51 +29627,51 @@
       <x:c r="M479" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>613134</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
@@ -29682,51 +29682,51 @@
       <x:c r="M480" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>613142</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
@@ -29734,51 +29734,51 @@
       <x:c r="M481" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>613147</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
@@ -29789,51 +29789,51 @@
       <x:c r="M482" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>613149</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
@@ -29841,51 +29841,51 @@
       <x:c r="M483" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>613150</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>25</x:v>
@@ -29896,51 +29896,51 @@
       <x:c r="M484" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>613152</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
@@ -29948,51 +29948,51 @@
       <x:c r="M485" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>613126</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
@@ -30003,94 +30003,94 @@
       <x:c r="M486" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>613143</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>602354</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -30315,427 +30315,427 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>613137</x:v>
+        <x:v>602382</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>613140</x:v>
+        <x:v>602385</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>613145</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>613148</x:v>
+        <x:v>613140</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>602365</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>602368</x:v>
+        <x:v>613148</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>602381</x:v>
+        <x:v>602365</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>602384</x:v>
+        <x:v>602368</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -30743,106 +30743,106 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>602362</x:v>
+        <x:v>602381</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>602379</x:v>
+        <x:v>602384</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -30850,641 +30850,641 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>613122</x:v>
+        <x:v>613153</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>613123</x:v>
+        <x:v>602362</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>613129</x:v>
+        <x:v>602379</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>613132</x:v>
+        <x:v>613122</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>613135</x:v>
+        <x:v>613123</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>613153</x:v>
+        <x:v>613129</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>613138</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>613141</x:v>
+        <x:v>613135</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>613146</x:v>
+        <x:v>613138</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>602356</x:v>
+        <x:v>613141</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>602367</x:v>
+        <x:v>613146</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>602372</x:v>
+        <x:v>602356</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -31492,153 +31492,153 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>602382</x:v>
+        <x:v>602367</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>602385</x:v>
+        <x:v>602372</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>601329</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>446</x:v>
@@ -33149,51 +33149,51 @@
       <x:c r="M544" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>613757</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>667</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -33709,51 +33709,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
@@ -33825,224 +33825,224 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>549300</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>716</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>594211</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
@@ -35594,75 +35594,75 @@
       <x:c r="R586" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>592081</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>592080</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
@@ -36561,76 +36561,76 @@
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
@@ -37492,51 +37492,51 @@
       <x:c r="M620" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>615187</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>131</x:v>
@@ -38503,51 +38503,51 @@
       <x:c r="M639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -38670,51 +38670,51 @@
       <x:c r="L642" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -38952,51 +38952,51 @@
       <x:c r="M647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -40213,51 +40213,51 @@
       <x:c r="M669" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
@@ -40445,51 +40445,51 @@
       <x:c r="L673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
@@ -40741,51 +40741,51 @@
       <x:c r="M678" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>614700</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="E679" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -41020,51 +41020,51 @@
       <x:c r="L683" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>549735</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
@@ -41079,51 +41079,51 @@
       <x:c r="L684" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>549737</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -41136,51 +41136,51 @@
       <x:c r="L685" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>549705</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
@@ -41195,51 +41195,51 @@
       <x:c r="L686" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -41425,51 +41425,51 @@
       <x:c r="M690" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>667</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -41648,100 +41648,100 @@
       <x:c r="M694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>612686</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C695" s="3" t="s"/>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>612693</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C696" s="15" t="s"/>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s"/>
       <x:c r="K696" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
@@ -41750,100 +41750,100 @@
       <x:c r="M696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>612705</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C697" s="3" t="s"/>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>612706</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C698" s="15" t="s"/>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s"/>
       <x:c r="K698" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
@@ -41892,51 +41892,51 @@
       <x:c r="I699" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
         <x:v>603678</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C700" s="15" t="s"/>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
@@ -41954,100 +41954,100 @@
       <x:c r="M700" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>612629</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C701" s="3" t="s"/>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>612632</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C702" s="15" t="s"/>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s"/>
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
@@ -42056,51 +42056,51 @@
       <x:c r="M702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>612701</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C703" s="3" t="s"/>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>27</x:v>
@@ -42309,51 +42309,51 @@
       <x:c r="M707" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>612708</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C708" s="15" t="s"/>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s"/>
       <x:c r="K708" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
@@ -42402,60 +42402,60 @@
       <x:c r="I709" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>612622</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C710" s="15" t="s"/>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s"/>
       <x:c r="K710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
@@ -42464,100 +42464,100 @@
       <x:c r="M710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>612627</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C711" s="3" t="s"/>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>612630</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
@@ -42566,51 +42566,51 @@
       <x:c r="M712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>612684</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C713" s="3" t="s"/>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>27</x:v>
@@ -42819,153 +42819,153 @@
       <x:c r="M717" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>612703</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C718" s="15" t="s"/>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s"/>
       <x:c r="K718" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>612633</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C719" s="3" t="s"/>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>612689</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s"/>
       <x:c r="K720" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
@@ -42974,100 +42974,100 @@
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>612691</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>612696</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s"/>
       <x:c r="K722" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
@@ -43116,51 +43116,51 @@
       <x:c r="I723" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>603690</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
@@ -43329,51 +43329,51 @@
       <x:c r="M727" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
         <x:v>612707</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C728" s="15" t="s"/>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s"/>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H728" s="14" t="s"/>
       <x:c r="I728" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J728" s="14" t="s"/>
       <x:c r="K728" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
@@ -43533,51 +43533,51 @@
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>612625</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C732" s="15" t="s"/>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s"/>
       <x:c r="I732" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s"/>
       <x:c r="K732" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
@@ -43586,100 +43586,100 @@
       <x:c r="M732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>612628</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C733" s="3" t="s"/>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>612631</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C734" s="15" t="s"/>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s"/>
       <x:c r="I734" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s"/>
       <x:c r="K734" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
@@ -43688,100 +43688,100 @@
       <x:c r="M734" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
         <x:v>612687</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C735" s="3" t="s"/>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>612690</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C736" s="15" t="s"/>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s"/>
       <x:c r="I736" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s"/>
       <x:c r="K736" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
@@ -43790,100 +43790,100 @@
       <x:c r="M736" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
         <x:v>612697</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C737" s="3" t="s"/>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
         <x:v>612699</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C738" s="15" t="s"/>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H738" s="14" t="s"/>
       <x:c r="I738" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s"/>
       <x:c r="K738" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
@@ -44136,564 +44136,564 @@
       <x:c r="I743" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
-        <x:v>603701</x:v>
+        <x:v>612704</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C744" s="15" t="s"/>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s"/>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H744" s="14" t="s"/>
       <x:c r="I744" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s"/>
       <x:c r="K744" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>603704</x:v>
+        <x:v>612709</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C745" s="3" t="s"/>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>603705</x:v>
+        <x:v>603681</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C746" s="15" t="s"/>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s"/>
       <x:c r="I746" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s"/>
       <x:c r="K746" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>603709</x:v>
+        <x:v>612623</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C747" s="3" t="s"/>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>603712</x:v>
+        <x:v>612626</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C748" s="15" t="s"/>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s"/>
       <x:c r="I748" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s"/>
       <x:c r="K748" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
-        <x:v>871</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>612623</x:v>
+        <x:v>603673</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C749" s="3" t="s"/>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>612626</x:v>
+        <x:v>603701</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C750" s="15" t="s"/>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s"/>
       <x:c r="K750" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
-        <x:v>612704</x:v>
+        <x:v>603704</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C751" s="3" t="s"/>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>612709</x:v>
+        <x:v>603705</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C752" s="15" t="s"/>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s"/>
       <x:c r="I752" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s"/>
       <x:c r="K752" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>603673</x:v>
+        <x:v>603709</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C753" s="3" t="s"/>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>603681</x:v>
+        <x:v>603712</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s"/>
       <x:c r="I754" s="16" t="s">
         <x:v>411</x:v>
@@ -44708,51 +44708,51 @@
       <x:c r="M754" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>612702</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
         <x:v>27</x:v>
@@ -45014,100 +45014,100 @@
       <x:c r="M760" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>612634</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C761" s="3" t="s"/>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="G761" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>612688</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C762" s="15" t="s"/>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H762" s="14" t="s"/>
       <x:c r="I762" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s"/>
       <x:c r="K762" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
@@ -45116,100 +45116,100 @@
       <x:c r="M762" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
         <x:v>612695</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C763" s="3" t="s"/>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
         <x:v>612698</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C764" s="15" t="s"/>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s"/>
       <x:c r="I764" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s"/>
       <x:c r="K764" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
@@ -45218,51 +45218,51 @@
       <x:c r="M764" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
         <x:v>612700</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C765" s="3" t="s"/>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="G765" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="I765" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>26</x:v>